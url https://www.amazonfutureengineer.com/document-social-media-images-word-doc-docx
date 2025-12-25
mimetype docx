--- v0 (2025-10-24)
+++ v1 (2025-12-25)
@@ -1,1077 +1,534 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="0063019B" w:rsidRDefault="00D402E0" w:rsidP="00D402E0">
+    <w:p w14:paraId="2ACBDDE1" w14:textId="37E6AA31" w:rsidR="0063019B" w:rsidRDefault="00AA61BE" w:rsidP="00AA61BE">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3657600" cy="1930400"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7EEA7DB5" wp14:editId="3DB1BB4F">
+            <wp:extent cx="3289300" cy="4114800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1163110943" name="Picture 11"/>
+            <wp:docPr id="873462043" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1163110943" name="Picture 1163110943"/>
+                    <pic:cNvPr id="873462043" name="Picture 873462043"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3657600" cy="1930400"/>
+                      <a:ext cx="3289300" cy="4114800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3657600" cy="1930400"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C8DCE22" wp14:editId="205D7DD9">
+            <wp:extent cx="3289300" cy="4114800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1622187601" name="Picture 12"/>
+            <wp:docPr id="1335676707" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1622187601" name="Picture 1622187601"/>
+                    <pic:cNvPr id="1335676707" name="Picture 1335676707"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3657600" cy="1930400"/>
+                      <a:ext cx="3289300" cy="4114800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3657600" cy="1930400"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07C814FB" wp14:editId="4E57FBA3">
+            <wp:extent cx="3289300" cy="4114800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1838660088" name="Picture 13"/>
+            <wp:docPr id="1110284185" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1838660088" name="Picture 1838660088"/>
+                    <pic:cNvPr id="1110284185" name="Picture 1110284185"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3657600" cy="1930400"/>
+                      <a:ext cx="3289300" cy="4114800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3657600" cy="1930400"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77641D95" wp14:editId="0D45EB13">
+            <wp:extent cx="3289300" cy="4114800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1065144018" name="Picture 14"/>
+            <wp:docPr id="125852148" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1065144018" name="Picture 1065144018"/>
+                    <pic:cNvPr id="125852148" name="Picture 125852148"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3657600" cy="1930400"/>
+                      <a:ext cx="3289300" cy="4114800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3657600" cy="1930400"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52FC881D" wp14:editId="21C13CCB">
+            <wp:extent cx="3289300" cy="4114800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1424792786" name="Picture 15"/>
+            <wp:docPr id="1813952604" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1424792786" name="Picture 1424792786"/>
+                    <pic:cNvPr id="1813952604" name="Picture 1813952604"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3657600" cy="1930400"/>
+                      <a:ext cx="3289300" cy="4114800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3657600" cy="1930400"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50CA88E6" wp14:editId="73FF3C82">
+            <wp:extent cx="3289300" cy="4114800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1076857563" name="Picture 16"/>
+            <wp:docPr id="328129712" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1076857563" name="Picture 1076857563"/>
+                    <pic:cNvPr id="328129712" name="Picture 328129712"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3657600" cy="1930400"/>
+                      <a:ext cx="3289300" cy="4114800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3657600" cy="1930400"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08C721CD" wp14:editId="53EADBCD">
+            <wp:extent cx="3289300" cy="4114800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="632332338" name="Picture 17"/>
+            <wp:docPr id="972710162" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="632332338" name="Picture 632332338"/>
+                    <pic:cNvPr id="972710162" name="Picture 972710162"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3657600" cy="1930400"/>
+                      <a:ext cx="3289300" cy="4114800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3657600" cy="1930400"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="271BEFF8" wp14:editId="39678876">
+            <wp:extent cx="3289300" cy="4114800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1975817230" name="Picture 18"/>
+            <wp:docPr id="114524736" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1975817230" name="Picture 1975817230"/>
+                    <pic:cNvPr id="114524736" name="Picture 114524736"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3657600" cy="1930400"/>
-[...557 lines deleted...]
-                      <a:ext cx="3048000" cy="3048000"/>
+                      <a:ext cx="3289300" cy="4114800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0063019B">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="139"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D402E0"/>
+    <w:rsidRoot w:val="00AA61BE"/>
     <w:rsid w:val="000B5EA6"/>
-    <w:rsid w:val="00435686"/>
+    <w:rsid w:val="002726E6"/>
     <w:rsid w:val="0063019B"/>
+    <w:rsid w:val="006C7BE3"/>
     <w:rsid w:val="006D7B24"/>
-    <w:rsid w:val="00D402E0"/>
+    <w:rsid w:val="009D14D0"/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rsid w:val="00B75DC9"/>
+    <w:rsid w:val="00D4117D"/>
+    <w:rsid w:val="00F1236F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1052ABA8"/>
+  <w14:docId w14:val="6C52C410"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{EAC13B2A-98B2-774A-A4AF-C6F1E8E55A43}"/>
+  <w15:docId w15:val="{850DB6B9-3295-6F4E-87BB-326391DFA4AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1411,89 +868,578 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA61BE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1550,51 +1496,51 @@
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -1752,55 +1698,84 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>3</Words>
-  <Characters>18</Characters>
+  <Words>1</Words>
+  <Characters>8</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20</CharactersWithSpaces>
+  <CharactersWithSpaces>8</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Beniam, Betty</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_SetDate">
+    <vt:lpwstr>2025-11-10T02:08:18Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_Name">
+    <vt:lpwstr>Amazon Confidential</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_SiteId">
+    <vt:lpwstr>5280104a-472d-4538-9ccf-1e1d0efe8b1b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_ActionId">
+    <vt:lpwstr>47b49b57-1e26-46bc-9408-d9626ea4cc92</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_Tag">
+    <vt:lpwstr>50, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>