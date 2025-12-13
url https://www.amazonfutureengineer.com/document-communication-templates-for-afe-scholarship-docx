--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -1,1447 +1,1055 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="19D00243" w14:textId="61BA751D" w:rsidR="003713A6" w:rsidRPr="003713A6" w:rsidRDefault="003713A6" w:rsidP="003713A6">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="4073B436" w14:textId="4236327B" w:rsidR="009E7232" w:rsidRPr="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7232">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>[FOR STUDENTS] To send directly to students, use this text to copy and paste this message to students to apply for the Amazon Future Engineer Scholarship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7232">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7049907E" w14:textId="31D54293" w:rsidR="009E7232" w:rsidRPr="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003713A6">
+      <w:r w:rsidRPr="009E7232">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">AFE Scholarship email: Educator </w:t>
-[...4 lines deleted...]
-    <w:p w14:paraId="3AB457ED" w14:textId="77777777" w:rsidR="003713A6" w:rsidRDefault="003713A6" w:rsidP="003713A6">
+        <w:t>Apply to the Amazon Future Engineer Scholarship program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51392490" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">[subject line] A 2:1 scholarship opportunity from Amazon Future Engineer </w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="4CC8D35A" w14:textId="77777777" w:rsidR="003713A6" w:rsidRDefault="003713A6" w:rsidP="003713A6">
+        <w:t>The Amazon Future Engineer Scholarship program is built to provide high school seniors like you with up to $40,000 for college and summer internship opportunities at Amazon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266B5BCA" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
       <w:r>
-        <w:t>Hey!</w:t>
-[...302 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">This opportunity is for you if you: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307A21E6" w14:textId="61BB047B" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Have a minimum cumulative grade point average of 2.3 on a 4.0 scale (or its equivalent). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E11261" w14:textId="55544309" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="729DADCC" w14:textId="77777777" w:rsidR="003713A6" w:rsidRDefault="003713A6" w:rsidP="003713A6">
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="26216266" w14:textId="77777777" w:rsidR="003713A6" w:rsidRDefault="003713A6" w:rsidP="003713A6">
+        <w:t xml:space="preserve">Are a high school senior in the U.S. who is currently enrolled in or who has taken (or is taking) a computer science course in high school or through dual enrollment </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32703F01" w14:textId="1C9C9FD7" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Students who have not taken this course can opt-in to take an assessment offered by Amazon. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528F804F" w14:textId="3FACC057" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
-        <w:t>And no, you don’t have to be an engineering superstar to win. You could be one of 400 students chosen to receive this double-sized opportunity to develop a brighter future after high school—there’s only one way to find out.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="53B5FDDD" w14:textId="77702513" w:rsidR="003713A6" w:rsidRDefault="003713A6" w:rsidP="003713A6">
+        <w:t xml:space="preserve">Are planning to attain a bachelor's degree in computer science from an accredited 4-year college or from a 2-year college with the intent to transfer to a 4-year college. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="624AE575" w14:textId="615B9D26" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
-        <w:t>Application deadline: December 1</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Demonstrate financial need </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183C8CA5" w14:textId="12A8A8F4" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
-        <w:t>, 202</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Are a U.S. Citizen, Permanent Resident, or Employment Authorized to work in the United States.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65EC51BB" w14:textId="57E0C2E1" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> at 4:00pm Eastern Time.</w:t>
-[...10 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>If this sounds like you, then we want you to apply! This scholarship offers more than just funding — it combines financial support, a paid internship opportunity, mentorship, professional development, and a supportive community of tech professionals. There's only one way to find out what's possible. Apply to the Amazon Future Engineer Scholarship program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36087130" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="009E7232">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003713A6">
+        <w:t>Apply today at amazonfutureengineer.com/scholarships</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5141C6D3" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>AFE Scholarship email: Non-Profit Partners</w:t>
-[...78 lines deleted...]
-      <w:r w:rsidRPr="00754F76">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29938554" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E7345F9" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53F88889" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CA29DF0" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A151CC6" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1927C578" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CE4ECAD" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38751F78" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F576488" w14:textId="77777777" w:rsidR="009E7232" w:rsidRPr="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7232">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>[FOR EDUCATORS] To share with other educators, use this text to encourage students to apply for the Amazon Future Engineer Scholarship.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B88F8B" w14:textId="77777777" w:rsidR="009E7232" w:rsidRPr="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7232">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Encourage your students to apply to the Amazon Future Engineer Scholarship program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5167B50A" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Amazon Future Engineer Scholarship provides high school seniors with up to $40,000 for college plus internship opportunities at Amazon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12992FE8" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Selected students will study computer science while gaining real-world tech experience. Beyond financial support, scholars join a community that provides ongoing mentorship, networking opportunities, and career guidance throughout their academic journey.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19CF80A5" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Know a student who might be interested? Share this opportunity with them and their families!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4886F79B" w14:textId="77777777" w:rsidR="009E7232" w:rsidRPr="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7232">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Key info at-a-glance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD5E1F4" w14:textId="3D93A037" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>Applications are open from October 2</w:t>
-[...24 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Applications open: November 10, 2025 - January 15, 2026 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344A3604" w14:textId="63762130" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>Eligible students must be planning to attend an accredited 4 or 2-year college and planning to study engineering, computer science, or other related fields of study</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Up to $40,000 in scholarship funds </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E071258" w14:textId="45E42C04" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Up to $40,000 in scholarships </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Summer internship opportunity at Amazon</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10577A1C" w14:textId="77777777" w:rsidR="009E7232" w:rsidRPr="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7232">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eligible students must plan to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F44A3C" w14:textId="697E2E25" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Other eligibility requirements apply. Please see </w:t>
-[...14 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Major in computer science </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D08CE7" w14:textId="28BD4145" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="4A0D885E" w14:textId="77777777" w:rsidR="005364C2" w:rsidRDefault="005364C2" w:rsidP="005364C2">
+      </w:pPr>
       <w:r>
-        <w:t>AFE Scholarship – Send a Text!</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="10491662" w14:textId="77777777" w:rsidR="005364C2" w:rsidRDefault="005364C2" w:rsidP="005364C2">
+        <w:t xml:space="preserve">Attend an accredited 4-year college or 2-year college with plans to transfer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBA6118" w14:textId="7F7DC942" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
-        <w:t>(Copy the text below)</w:t>
-[...11 lines deleted...]
-        </w:rPr>
+        <w:t>Additional eligibility requirements at amazonfutureengineer.com/scholarships</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2BB422" w14:textId="77777777" w:rsidR="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...21 lines deleted...]
-    <w:sectPr w:rsidR="005364C2">
+        <w:t>Find more resources at amazonfutureengineer.com/scholarship/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sharingresources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="76DB1F94" w14:textId="77777777" w:rsidR="009E7232" w:rsidRPr="009E7232" w:rsidRDefault="009E7232" w:rsidP="009E7232">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39D9A583" w14:textId="77777777" w:rsidR="0063019B" w:rsidRDefault="0063019B"/>
+    <w:sectPr w:rsidR="0063019B">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0B769AB7"/>
+    <w:nsid w:val="60892D00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="052CC3F8"/>
-    <w:lvl w:ilvl="0" w:tplc="0A7CA3CA">
+    <w:tmpl w:val="07742BB0"/>
+    <w:lvl w:ilvl="0" w:tplc="1CB6F52E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FF5C2A7A">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="045C9ED0">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1EA4C604">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="192E640E">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...34 lines deleted...]
-      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="BB52D598">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10AB2B2F"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="75FC1791"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8702CAEE"/>
+    <w:lvl w:ilvl="0" w:tplc="1CB6F52E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...9 lines deleted...]
-    <w:lvl w:ilvl="2" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tentative="1">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...79 lines deleted...]
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="20591E5B"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="785F2D68"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67AA8584"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tentative="1">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="2" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tentative="1">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tentative="1">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...63 lines deleted...]
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2EB179FF"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="●"/>
+    <w:nsid w:val="7D003A77"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="38D6B894"/>
+    <w:lvl w:ilvl="0" w:tplc="1CB6F52E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="○"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="■"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="●"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="○"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="■"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="●"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="○"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="■"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1907299696">
+  <w:num w:numId="1" w16cid:durableId="1091707952">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="443884788">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="746418342">
+  <w:num w:numId="2" w16cid:durableId="490874271">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="803275715">
+  <w:num w:numId="3" w16cid:durableId="1369645374">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="268437773">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="175"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003713A6"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00E739BD"/>
+    <w:rsidRoot w:val="009E7232"/>
+    <w:rsid w:val="000B5EA6"/>
+    <w:rsid w:val="002726E6"/>
+    <w:rsid w:val="0063019B"/>
+    <w:rsid w:val="006C7BE3"/>
+    <w:rsid w:val="006D7B24"/>
+    <w:rsid w:val="009D14D0"/>
+    <w:rsid w:val="009E7232"/>
+    <w:rsid w:val="00B3754D"/>
+    <w:rsid w:val="00D4117D"/>
+    <w:rsid w:val="00F1236F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4036C728"/>
+  <w14:docId w14:val="3EFDFD9F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{317BBB4F-8AB4-4480-82DD-F318DAAA5659}"/>
+  <w15:docId w15:val="{8F636D13-B88F-1D44-B84A-EDBF6AB6A4C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1782,187 +1390,595 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003713A6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:lang w:val="en"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...8 lines deleted...]
-    <w:name w:val="header"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003713A6"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Header Char"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
-[...8 lines deleted...]
-    <w:name w:val="footer"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003713A6"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
     </w:pPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Footer Char"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
-[...8 lines deleted...]
-    <w:name w:val="FollowedHyperlink"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7232"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DA082E"/>
-[...8 lines deleted...]
-    <w:rsid w:val="005364C2"/>
+    <w:rsid w:val="009E7232"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amazonfutureengineer.com/scholarship/sharingresources" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://amazonfutureengineer.com/scholarships" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amazonfutureengineer.com/scholarship" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amazonfutureengineer.com/scholarship/sharingresources" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://amazonfutureengineer.com/scholarships" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2019,51 +2035,51 @@
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -2220,55 +2236,84 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4281</Characters>
+  <Pages>2</Pages>
+  <Words>394</Words>
+  <Characters>2251</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5021</CharactersWithSpaces>
+  <CharactersWithSpaces>2640</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Gessesse, Betty</dc:creator>
+  <dc:creator>Beniam, Betty</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_SetDate">
+    <vt:lpwstr>2025-11-09T20:49:53Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_Name">
+    <vt:lpwstr>Amazon Confidential</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_SiteId">
+    <vt:lpwstr>5280104a-472d-4538-9ccf-1e1d0efe8b1b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_ActionId">
+    <vt:lpwstr>34342532-aa8a-4e81-9699-d87bee8a6fb3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_19e68092-05df-4271-8e3e-b2a4c82ba797_Tag">
+    <vt:lpwstr>50, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>